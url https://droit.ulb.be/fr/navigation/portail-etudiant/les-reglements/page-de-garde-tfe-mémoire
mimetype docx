--- v0 (2025-11-06)
+++ v1 (2026-02-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="120824CB" w14:textId="0402D0C0" w:rsidR="00E27E3E" w:rsidRDefault="00E27E3E">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:position w:val="3"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3639C52D" wp14:editId="7B0EFFA2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>298</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1106170" cy="1150620"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21099"/>
                 <wp:lineTo x="21203" y="21099"/>
@@ -1142,88 +1142,84 @@
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="454A70B5" w14:textId="77777777" w:rsidR="001F300E" w:rsidRPr="00896D37" w:rsidRDefault="001F300E" w:rsidP="001F300E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00896D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Rappelant </w:t>
       </w:r>
       <w:r w:rsidRPr="00896D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">que le plagiat ne se limite pas à l’emprunt d’un texte dans son intégralité sans emploi des guillemets ou sans mention de la référence bibliographique complète, mais se rapporte également à l’emprunt de données brutes, de texte traduit librement, ou d’idées paraphrasées sans que la référence complète ne soit clairement indiquée ; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D2B595" w14:textId="77777777" w:rsidR="001F300E" w:rsidRPr="00896D37" w:rsidRDefault="001F300E" w:rsidP="001F300E">
+    <w:p w14:paraId="69E4DAB7" w14:textId="77777777" w:rsidR="00F61518" w:rsidRPr="00896D37" w:rsidRDefault="00F61518" w:rsidP="00F61518">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D5DBD">
+      <w:r w:rsidRPr="00136729">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Rappelant </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D5DBD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">les articles 82 et 83 du Règlement Général des Etudes 2024-2025 : </w:t>
+      <w:r w:rsidRPr="00136729">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">les articles 82 et 83 du Règlement Général des Etudes 2025-2026 : </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00324614">
+        <w:r w:rsidRPr="00F61518">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
-          <w:t>Règlement général des études 2024 - 2025 et dispositions complémentaires - ULB</w:t>
+          <w:t>https://www.ulb.be/fr/documents-officiels/reglement-general-des-etudes-2025-2026</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00324614">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00136729">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D5DBD">
+      <w:r w:rsidRPr="00136729">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="558CE933" w14:textId="77777777" w:rsidR="001F300E" w:rsidRPr="00896D37" w:rsidRDefault="001F300E" w:rsidP="001F300E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00896D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Convenant </w:t>
       </w:r>
       <w:r w:rsidRPr="00896D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -1350,137 +1346,140 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Signature de l’étudiant ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34B5840E" w14:textId="77777777" w:rsidR="0016535B" w:rsidRPr="00E63460" w:rsidRDefault="0016535B" w:rsidP="00E63460">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0016535B" w:rsidRPr="00E63460">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="60"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001E6D0B"/>
     <w:rsid w:val="0016535B"/>
     <w:rsid w:val="001E6D0B"/>
     <w:rsid w:val="001F300E"/>
     <w:rsid w:val="00471389"/>
     <w:rsid w:val="005C4033"/>
+    <w:rsid w:val="005C4FA2"/>
     <w:rsid w:val="00693843"/>
+    <w:rsid w:val="00855717"/>
     <w:rsid w:val="00896D37"/>
     <w:rsid w:val="00BB344D"/>
     <w:rsid w:val="00CF6D2A"/>
     <w:rsid w:val="00E27E3E"/>
     <w:rsid w:val="00E63460"/>
     <w:rsid w:val="00ED22FE"/>
+    <w:rsid w:val="00F61518"/>
     <w:rsid w:val="00FF6712"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="06622CD6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{44E4E128-0ADC-49B4-BD32-BFBCC7B683F5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1907,58 +1906,58 @@
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Corpsdetexte"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00E63460"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0016535B"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulb.be/fr/documents-officiels/reglement-general-des-etudes-2024-2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bib.ulb.be/version-francaise/navigation/support/boite-a-outils/evitez-le-plagiat" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulb.be/fr/documents-officiels/reglement-general-des-etudes-2025-2026" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bib.ulb.be/version-francaise/navigation/support/boite-a-outils/evitez-le-plagiat" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2191,64 +2190,64 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="ea62a05a-5154-454e-812a-649395124f9d" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...6 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A2AB9DD5B10D944B262093A9AAF3CC9" ma:contentTypeVersion="18" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="2724ade2264cc60a2f2098584ade007b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="ea62a05a-5154-454e-812a-649395124f9d" xmlns:ns4="c59abdb1-90e7-4307-a92e-074f4611ada5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="196ba5d4c1dd12776713eafa1e9fa832" ns3:_="" ns4:_="">
     <xsd:import namespace="ea62a05a-5154-454e-812a-649395124f9d"/>
     <xsd:import namespace="c59abdb1-90e7-4307-a92e-074f4611ada5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
@@ -2461,123 +2460,116 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF727C3C-4DE4-49B6-A3D2-CB5F459A6C0A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8709A81D-A97B-4EA5-8D9E-B46B8E85C36B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ea62a05a-5154-454e-812a-649395124f9d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8709A81D-A97B-4EA5-8D9E-B46B8E85C36B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF727C3C-4DE4-49B6-A3D2-CB5F459A6C0A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="c59abdb1-90e7-4307-a92e-074f4611ada5"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8AFD20B-8E81-4A0D-95F7-AD9B76160C3E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ea62a05a-5154-454e-812a-649395124f9d"/>
     <ds:schemaRef ds:uri="c59abdb1-90e7-4307-a92e-074f4611ada5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>371</Words>
-  <Characters>2043</Characters>
+  <Characters>2045</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ULB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2410</CharactersWithSpaces>
+  <CharactersWithSpaces>2412</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>SIMON  Audrey</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003A2AB9DD5B10D944B262093A9AAF3CC9</vt:lpwstr>
   </property>